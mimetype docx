--- v0 (2026-01-12)
+++ v1 (2026-03-09)
@@ -51,51 +51,51 @@
         <w:t xml:space="preserve">Nowe mikrokawalerki są na cenzurowanym. Natomiast starszymi takimi lokalami można bezpiecznie handlować - z pewnym zastrzeżeniem.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Mikrokawalerki to temat z listy tych najbardziej kontrowersyjnych, jeżeli chodzi o rodzimą „mieszkaniówkę”. Rząd niedawno zapowiedział kolejne rozwiązania prawne, które mają na celu całkowite usunięcie takich lokali z rynku deweloperskiego. Chodzi o zakaz wyodrębniania lokali użytkowych w budynkach zamieszkania zbiorowego. Już wcześniej wprowadzono przepisy, które określają minimalną powierzchnię lokalu mieszkalnego oraz użytkowego jako 25 m kw. (z wyjątkiem lokali użytkowych w budynkach zamieszkania zbiorowego). Musimy jednak pamiętać, że prawo nie działa wstecz, więc małe mieszkania, </w:t>
+        <w:t xml:space="preserve">Mikrokawalerki to temat z listy tych najbardziej kontrowersyjnych, jeżeli chodzi o rodzimą „mieszkaniówkę”. Rząd niedawno zapowiedział kolejne rozwiązania prawne, które mają na celu całkowite usunięcie takich lokali z rynku deweloperskiego. Chodzi o zakaz lub poważne ograniczenie wyodrębniania lokali użytkowych w budynkach zamieszkania zbiorowego. Już wcześniej wprowadzono przepisy, które określają minimalną powierzchnię lokalu mieszkalnego oraz użytkowego jako 25 m kw. (z wyjątkiem lokali użytkowych w budynkach zamieszkania zbiorowego). Musimy jednak pamiętać, że prawo nie działa wstecz, więc małe mieszkania, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">które w momencie budowy były zgodne z przepisami</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">, nadal można swobodnie sprzedawać i kupować. Mówimy o mieszkaniach z bardzo różnych okresów historycznych, które nieprędko znikną z rynku. Sytuacji dotyczącej mikrokawalerek przygląda się Leszek Markiewicz prowadzący warszawską agencję nieruchomości NieruchomosciSzybko.pl </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>